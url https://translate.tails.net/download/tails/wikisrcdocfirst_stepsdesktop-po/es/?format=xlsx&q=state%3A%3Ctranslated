--- v0 (2025-10-30)
+++ v1 (2026-02-17)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H66"/>
+  <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1711,646 +1711,618 @@
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
           <t>Select the **Lock Screen** button to lock your screen with a password.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr"/>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
+          <t xml:space="preserve">  &lt;p&gt;Your screen will automatically lock after some time if you have set up an
+  administration password. To disable this behavior, execute the following
+  command in a console.&lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
           <t xml:space="preserve">  &lt;div class="tip"&gt;
-</t>
-[...4 lines deleted...]
-          <t xml:space="preserve">    &lt;div class="tip"&gt;
+  &lt;p&gt;Tu pantalla automáticamente se cerrara después de un tiempo si has creado una contraseña administrativa. Para desactivar esto, ejecuta el siguiente comando:&lt;/p&gt;
 </t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F45" t="inlineStr"/>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t xml:space="preserve">  &lt;p&gt;Your screen will automatically lock after some time if you have set up an
-[...1 lines deleted...]
-  command in a console.&lt;/p&gt;
+          <t xml:space="preserve">  [[!img screen_locker.png class="screenshot" alt=""]]
 </t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t xml:space="preserve">  &lt;div class="tip"&gt;
-  &lt;p&gt;Tu pantalla automáticamente se cerrara después de un tiempo si has creado una contraseña administrativa. Para desactivar esto, ejecuta el siguiente comando:&lt;/p&gt;
+          <t xml:space="preserve">  [[!img screen_locker.png link="no" class="screenshot" alt=""]]
 </t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F46" t="inlineStr"/>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t xml:space="preserve">  [[!img screen_locker.png class="screenshot" alt=""]]
-[...8 lines deleted...]
-      </c>
+          <t>Click **Suspend** to suspend your computer.</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr"/>
-      <c r="G47" t="inlineStr"/>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Haga clic en **Suspender** para suspender su computadora.</t>
+        </is>
+      </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="B49" t="inlineStr">
         <is>
           <t xml:space="preserve">&lt;p&gt;An attacker with physical access to your computer and capable of finding
 your screen locker password or setting up a [[cold boot
 attack|doc/advanced_topics/cold_boot_attacks]] can compromise your Tails while
 suspended.&lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="C49" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="C48" t="inlineStr"/>
+      <c r="D48" t="inlineStr"/>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr"/>
+      <c r="G48" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: &lt;p&gt;Un atacante con acceso físico a tu computadora y capaz de encontrar la contraseña
 de tu bloqueador de pantalla o de configurar un [[ataque de
 arranque en frío|doc/advanced_topics/cold_boot_attacks]] puede comprometer tu Tails mientras
 está suspendido.&lt;/p&gt;
 </t>
         </is>
       </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>type: Plain text</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr"/>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t xml:space="preserve">&lt;h3 id="night_and_dark"&gt;Dark Mode and Night Light&lt;/h3&gt;
+</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr"/>
+      <c r="D49" t="inlineStr"/>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr"/>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: &lt;h3 id="night_and_dark"&gt;Modo oscuro y luz nocturna&lt;/h3&gt;
+</t>
+        </is>
+      </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t xml:space="preserve">&lt;h3 id="night_and_dark"&gt;Dark Mode and Night Light&lt;/h3&gt;
-[...3 lines deleted...]
-      <c r="C50" t="inlineStr"/>
+          <t>From the system menu, you can switch between:</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Desde el menú del sistema, puedes elegir a qué red Wi-Fi conectarte.</t>
+        </is>
+      </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F50" t="inlineStr"/>
       <c r="G50" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: &lt;h3 id="night_and_dark"&gt;Modo oscuro y luz nocturna&lt;/h3&gt;
-</t>
+          <t>Suggested in Weblate: Desde el menú del sistema, puede cambiar entre:</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>From the system menu, you can switch between:</t>
-[...6 lines deleted...]
-      </c>
+          <t>The default *light* mode with colder colors and more brightness</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr"/>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Desde el menú del sistema, puede cambiar entre:</t>
+          <t>Suggested in Weblate: El modo *claro* predeterminado con colores más fríos y más brillo</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>The default *light* mode with colder colors and more brightness</t>
-[...2 lines deleted...]
-      <c r="C52" t="inlineStr"/>
+          <t xml:space="preserve">  [[!img light.png class="screenshot" alt=""]]
+</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t xml:space="preserve">  [[!img light.png link="no" class="screenshot" alt=""]]
+</t>
+        </is>
+      </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F52" t="inlineStr"/>
-      <c r="G52" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t xml:space="preserve">  [[!img light.png class="screenshot" alt=""]]
-[...8 lines deleted...]
-      </c>
+          <t>A *dark* mode</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr"/>
-      <c r="G53" t="inlineStr"/>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Un modo *oscuro*</t>
+        </is>
+      </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>A *dark* mode</t>
-[...2 lines deleted...]
-      <c r="C54" t="inlineStr"/>
+          <t xml:space="preserve">  [[!img dark.png class="screenshot" alt=""]]
+</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t xml:space="preserve">  [[!img dark.png link="no" class="screenshot" alt=""]]
+</t>
+        </is>
+      </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F54" t="inlineStr"/>
-      <c r="G54" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t xml:space="preserve">  [[!img dark.png class="screenshot" alt=""]]
-[...8 lines deleted...]
-      </c>
+          <t>A *night light* mode with warmer colors and less brightness</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr"/>
-      <c r="G55" t="inlineStr"/>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Un modo de *luz nocturna* con colores más cálidos y menos brillo.</t>
+        </is>
+      </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>A *night light* mode with warmer colors and less brightness</t>
+          <t>A combination of both the *dark* mode and *night light* mode</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr"/>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Un modo de *luz nocturna* con colores más cálidos y menos brillo.</t>
+          <t>Suggested in Weblate: Una combinación del modo *oscuro* y el modo *luz nocturna*</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>A combination of both the *dark* mode and *night light* mode</t>
+          <t xml:space="preserve">&lt;p&gt;Night Light is unavailable when running Tails in a [[virtual
+machine|doc/advanced_topics/virtualization]].&lt;/p&gt;
+</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr"/>
-      <c r="G57" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t xml:space="preserve">&lt;p&gt;Night Light is unavailable when running Tails in a [[virtual
-[...4 lines deleted...]
-      <c r="C58" t="inlineStr"/>
+          <t xml:space="preserve">&lt;h1 id="shortcuts"&gt;Keyboard shortcuts&lt;/h1&gt;
+</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t xml:space="preserve">&lt;h1 id="shortcuts"&gt;Atajos de escritorio&lt;/h1&gt;
+</t>
+        </is>
+      </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F58" t="inlineStr"/>
-      <c r="G58" t="inlineStr"/>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: &lt;h1 id="shortcuts"&gt;Atajos de teclado&lt;/h1&gt;
+</t>
+        </is>
+      </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t xml:space="preserve">&lt;h1 id="shortcuts"&gt;Keyboard shortcuts&lt;/h1&gt;
-[...8 lines deleted...]
-      </c>
+          <t>To learn about all keyboard shortcuts in GNOME visit [GNOME Help: Useful keyboard shortcuts](https://help.gnome.org/gnome-help/shell-keyboard-shortcuts.html)  or use the *Settings* utility in Tails:</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr"/>
-      <c r="G59" t="inlineStr">
-[...4 lines deleted...]
-      </c>
+      <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>To learn about all keyboard shortcuts in GNOME visit [GNOME Help: Useful keyboard shortcuts](https://help.gnome.org/users/gnome-help/stable/shell-keyboard-shortcuts.html.en)  or use the *Settings* utility in Tails:</t>
-[...2 lines deleted...]
-      <c r="C60" t="inlineStr"/>
+          <t>Choose **Apps&amp;nbsp;▸ System Tools&amp;nbsp;▸ Settings**.</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>Elige **Aplicaciones&amp;nbsp;▸ Configuración**.</t>
+        </is>
+      </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F60" t="inlineStr"/>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Choose **Apps&amp;nbsp;▸ System Tools&amp;nbsp;▸ Settings**.</t>
+          <t>In the *Settings* utility, choose **Keyboard&amp;nbsp;▸ Keyboard Shortcuts&amp;nbsp;▸ View and Customize Shortcuts**.</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Elige **Aplicaciones&amp;nbsp;▸ Configuración**.</t>
+          <t>En la aplicación *Configuración*, elige **Teclado&amp;nbsp;▸ Atajos de teclado&amp;nbsp;▸ Ver y personalizar atajos **.</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F61" t="inlineStr"/>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr">
         <is>
           <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>In the *Settings* utility, choose **Keyboard&amp;nbsp;▸ Keyboard Shortcuts&amp;nbsp;▸ View and Customize Shortcuts**.</t>
+          <t xml:space="preserve">&lt;h1 id="files"&gt;The &lt;i&gt;Files&lt;/i&gt; browser&lt;/h1&gt;
+</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>En la aplicación *Configuración*, elige **Teclado&amp;nbsp;▸ Atajos de teclado&amp;nbsp;▸ Ver y personalizar atajos **.</t>
+          <t>El menú de **Aplicaciones**</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F62" t="inlineStr"/>
-      <c r="G62" t="inlineStr"/>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: &lt;h1 id="files"&gt;El explorador de archivos&lt;/h1&gt;
+</t>
+        </is>
+      </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>type: Bullet: '1. '</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t xml:space="preserve">&lt;h1 id="files"&gt;The &lt;i&gt;Files&lt;/i&gt; browser&lt;/h1&gt;
-</t>
+          <t>To open the *Files* browser, choose **Apps&amp;nbsp;▸ Accessories&amp;nbsp;▸ Files**.</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="C64" t="inlineStr">
         <is>
           <t xml:space="preserve">- Elige &lt;span class="menuchoice"&gt;
     **Aplicaciones**&amp;nbsp;▸
     **Accesorios**&amp;nbsp;▸
     **Archivos**&lt;/span&gt;.
 </t>
         </is>
       </c>
+      <c r="D63" t="inlineStr"/>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr"/>
+      <c r="G63" t="inlineStr"/>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>type: Plain text</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr"/>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Choose **Network** in the sidebar of the *Files* browser.</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr"/>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Choose **Network** in the sidebar of the *Files* browser.</t>
-[...2 lines deleted...]
-      <c r="C65" t="inlineStr"/>
+          <t>Specify an SSH or SFTP server in the **Server address** field at the bottom of the right pane. For example:</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Especifica un servidor FTP o SFTP en &lt;span class="guilabel"&gt;Conectar al Servidor&lt;/span&gt; en el panel inferior derecho. Por ejemplo:</t>
+        </is>
+      </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F65" t="inlineStr"/>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="H66" t="inlineStr">
         <is>
           <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>