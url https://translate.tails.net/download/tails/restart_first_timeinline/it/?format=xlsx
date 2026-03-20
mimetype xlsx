--- v0 (2026-01-29)
+++ v1 (2026-03-20)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -2336,268 +2336,237 @@
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t xml:space="preserve">   &lt;p class="code"&gt;Sono stati riscontrati errori durante il partizionamento della tua chiavetta USB.&lt;/p&gt;
 </t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr"/>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;p&gt;If the error persists, reinstall on a new USB stick.&lt;/p&gt;
+          <t xml:space="preserve">   &lt;p&gt;If the error persists, reinstall Tails on one of our [[recommended USB
+   sticks|doc/about/requirements]].&lt;/p&gt;
 </t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t xml:space="preserve">   &lt;p&gt;Se l'errore persiste, reinstalla su una nuova chiavetta USB.&lt;/p&gt;
 </t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F66" t="inlineStr"/>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;p&gt;If you are in a place where counterfeit electronics are common, we
-[...1 lines deleted...]
-   chain, which should have a more reliable supply chain.&lt;/p&gt;
+          <t xml:space="preserve">   &lt;/div&gt;
 </t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;p&gt;Se ti trovi in un luogo in cui i prodotti elettronici contraffatti sono comuni, ti
-[...1 lines deleted...]
-      internazionale, che dovrebbe avere fornitori più affidabili.&lt;/p&gt;
+          <t xml:space="preserve">   &lt;/div&gt;
 </t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr"/>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;/div&gt;
+          <t xml:space="preserve">   [[!img doc/first_steps/welcome_screen/welcome_screen.png class="screenshot" alt="Welcome to Tails!"]]
 </t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;/div&gt;
+          <t xml:space="preserve">   [[!img doc/first_steps/welcome_screen/welcome_screen.png class="screenshot" alt="Benvenuto in Tails!"]]
 </t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr"/>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t xml:space="preserve">   [[!img doc/first_steps/welcome_screen/welcome_screen.png class="screenshot" alt="Welcome to Tails!"]]
-</t>
+          <t>In the Welcome Screen, select your language and keyboard layout in the &lt;b&gt;Language and Formats&lt;/b&gt; section.  Click &lt;b&gt;Start Tails&lt;/b&gt;.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t xml:space="preserve">   [[!img doc/first_steps/welcome_screen/welcome_screen.png class="screenshot" alt="Benvenuto in Tails!"]]
-</t>
+          <t>Nella Schermata di Benvenuto, seleziona la tua lingua e il layout della tastiera nella sezione &lt;b&gt;Lingua e formati&lt;/b&gt;    Clicca su &lt;b&gt;Avvia Tails&lt;/b&gt;.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr"/>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>In the Welcome Screen, select your language and keyboard layout in the &lt;b&gt;Language and Formats&lt;/b&gt; section.  Click &lt;b&gt;Start Tails&lt;/b&gt;.</t>
+          <t xml:space="preserve">   &lt;div class="bug mac upgrade-mac"&gt;
+   &lt;p&gt;If your keyboard or touchpad doesn't work, try using a USB keyboard or mouse.&lt;/p&gt;
+   &lt;/div&gt;
+</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>Nella Schermata di Benvenuto, seleziona la tua lingua e il layout della tastiera nella sezione &lt;b&gt;Lingua e formati&lt;/b&gt;    Clicca su &lt;b&gt;Avvia Tails&lt;/b&gt;.</t>
+          <t xml:space="preserve">   &lt;div class="bug mac upgrade-mac"&gt;
+   &lt;p&gt;ISe la tastiera o il touchpad non funzionano, prova a utilizzare una tastiera o un mouse USB.&lt;/p&gt;
+   &lt;/div&gt;
+</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr"/>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr">
         <is>
-          <t>type: Bullet: '1. '</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;div class="bug mac upgrade-mac"&gt;
-[...2 lines deleted...]
-</t>
+          <t>After 15&amp;ndash;30 seconds, the Tails desktop appears.</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t xml:space="preserve">   &lt;div class="bug mac upgrade-mac"&gt;
-[...2 lines deleted...]
-</t>
+          <t>Dopo 15&amp;ndash;30 secondi, appare il desktop di Tails.</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr"/>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Bullet: '1. '</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>After 15&amp;ndash;30 seconds, the Tails desktop appears.</t>
+          <t xml:space="preserve">   [[!img install/inc/screenshots/desktop.png class="screenshot" alt=""]]
+</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Dopo 15&amp;ndash;30 secondi, appare il desktop di Tails.</t>
+          <t xml:space="preserve">   [[!img install/inc/screenshots/desktop.png class="screenshot" alt=""]]
+</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr"/>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="H73" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>