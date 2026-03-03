--- v0 (2025-11-18)
+++ v1 (2026-03-03)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -464,472 +464,147 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Tails works on:</t>
+          <t>Newer Mac computers with an Apple processor (M1, M2, and so on)</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>- Tails funziona su:</t>
+          <t>Sui computer Mac più recenti con processore Apple (M1 o M2)</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
-      <c r="G2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Bullet: '  * '</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Tails does not work:</t>
+          <t>Some older computers, for example, if they don't have 3 GB of RAM.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>- Tails non funziona su:</t>
+          <t>Alcuni computer più vecchi, ad esempio, se non hanno 2 GB di RAM.</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr"/>
-      <c r="G3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Bullet: '  * '</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Newer Mac computers with an Apple processor (M1, M2, and so on)</t>
+          <t>3 GB of RAM to work smoothly.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Sui computer Mac più recenti con processore Apple (M1 o M2)</t>
+          <t>- 2 GB di RAM per lavorare comodamente.</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr"/>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr">
         <is>
-          <t>type: Bullet: '  * '</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Smartphones or tablets</t>
-[...285 lines deleted...]
-        <is>
           <t xml:space="preserve">  Tails can work with less than 3 GB RAM but might experience reduced
   performance, instability, or crashes.
 </t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t xml:space="preserve">  Tails può funzionare con meno di 2 GB di RAM, ma potrebbe presentare anomalie o andare in crash.
 </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr"/>
-      <c r="E15" t="inlineStr">
+      <c r="D5" t="inlineStr"/>
+      <c r="E5" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="H15" t="inlineStr">
+      <c r="F5" t="inlineStr"/>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr">
         <is>
           <t>type: Plain text</t>
-        </is>
-[...28 lines deleted...]
-          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>