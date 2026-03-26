--- v0 (2026-01-20)
+++ v1 (2026-03-26)
@@ -1768,62 +1768,62 @@
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr"/>
       <c r="G51" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você pode acompanhar nossos próprios experimentos em [[!tails_ticket 10972]].</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>type: Content of: &lt;div&gt;&lt;p&gt;</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>[[!toggle id="requirements" text="Detailed system requirements and recommended hardware."]]</t>
+          <t>[[!toggle id="requirements" text="System requirements and recommended USB sticks"]]</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>[[!toggle id="requirements" text="Requisitos de sistema detalhados e hardware recomendado."]]</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F52" t="inlineStr"/>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr">
         <is>
           <t>type: Content of: &lt;p&gt;</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
           <t>[[!toggleable id="requirements" text=""" &lt;span class="hide"&gt;[[!toggle id="requirements" text=""]]&lt;/span&gt; [[!inline pages="doc/about/requirements" raw="yes" sort="age"]] """]]</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>[[!toggleable id="requirements" text=""" &lt;span class="hide"&gt;[[!toggle id="requirements" text=""]]&lt;/span&gt; [[!inline pages="doc/about/requirements.pt" raw="yes" sort="age"]] """]]</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>