--- v0 (2025-11-18)
+++ v1 (2026-03-23)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H52"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -828,826 +828,804 @@
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>[Thunderbird](https://www.thunderbird.net/) email client with support for OpenPGP and RSS and Atom news feeds ([[More...|doc/anonymous_internet/thunderbird]])</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr"/>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>[Aircrack-ng](http://aircrack-ng.org/) for wireless network auditing</t>
+          <t>[Electrum](https://electrum.org/), an easy-to-use bitcoin client ([[More...|doc/anonymous_internet/electrum]])</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr"/>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>[Electrum](https://electrum.org/), an easy-to-use bitcoin client ([[More...|doc/anonymous_internet/electrum]])</t>
+          <t>[Wget](https://www.gnu.org/software/wget/) and [curl](https://curl.se)</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr"/>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>[Wget](https://www.gnu.org/software/wget/) and [curl](https://curl.se)</t>
+          <t>Desktop edition</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr"/>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Title -</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Desktop edition</t>
-[...2 lines deleted...]
-      <c r="C21" t="inlineStr"/>
+          <t>[LibreOffice](https://www.libreoffice.org/) ([[More...|doc/sensitive_documents/office_suite]])</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>[PiTiVi](http://pitivi.org/) zur nicht-linearen Audio-/Videobearbeitung ([[Mehr...|doc/sensitive_documents/sound_and_video]])</t>
+        </is>
+      </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F21" t="inlineStr"/>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr">
         <is>
-          <t>type: Title -</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>[LibreOffice](https://www.libreoffice.org/) ([[More...|doc/sensitive_documents/office_suite]])</t>
+          <t>[GIMP](https://www.gimp.org/) and [Inkscape](https://inkscape.org/) to edit images ([[More...|doc/sensitive_documents/graphics]])</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>[PiTiVi](http://pitivi.org/) zur nicht-linearen Audio-/Videobearbeitung ([[Mehr...|doc/sensitive_documents/sound_and_video]])</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F22" t="inlineStr"/>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>[GIMP](https://www.gimp.org/) and [Inkscape](https://inkscape.org/) to edit images ([[More...|doc/sensitive_documents/graphics]])</t>
-[...6 lines deleted...]
-      </c>
+          <t>[GNOME Sound Recorder](https://wiki.gnome.org/Apps/SoundRecorder) for recording sound</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr"/>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>[GNOME Sound Recorder](https://wiki.gnome.org/Apps/SoundRecorder) for recording sound</t>
+          <t>[Audacity](https://www.audacityteam.org/) for recording and editing sounds ([[More...|doc/sensitive_documents/sound_and_video]])</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr"/>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>[Audacity](https://www.audacityteam.org/) for recording and editing sounds ([[More...|doc/sensitive_documents/sound_and_video]])</t>
+          <t>[Document Scanner](https://apps.gnome.org/SimpleScan/) to scan documents</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr"/>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>[Document Scanner](https://apps.gnome.org/SimpleScan/) to scan documents</t>
+          <t>[Brasero](https://wiki.gnome.org/Apps/Brasero) to burn CD/DVDs</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr"/>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>[Brasero](https://wiki.gnome.org/Apps/Brasero) to burn CD/DVDs</t>
+          <t>[Sound Juicer](https://wiki.gnome.org/Apps/SoundJuicer) to rip audio CDs</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr"/>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>[Sound Juicer](https://wiki.gnome.org/Apps/SoundJuicer) to rip audio CDs</t>
+          <t>[BookletImposer](http://kjo.herbesfolles.org/bookletimposer/) to convert linear PDF documents into booklets, and vice-versa</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr"/>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>[BookletImposer](http://kjo.herbesfolles.org/bookletimposer/) to convert linear PDF documents into booklets, and vice-versa</t>
+          <t>Encryption and privacy</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr"/>
-      <c r="G29" t="inlineStr"/>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate:  Enkripsi dan privasi</t>
+        </is>
+      </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Title -</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Encryption and privacy</t>
+          <t>Support for both [[!wikipedia Linux_Unified_Key_Setup desc="LUKS"]] and [VeraCrypt](https://veracrypt.fr) encrypted volumes (like USB sticks) ([[More...|doc/encryption_and_privacy/encrypted_volumes]])</t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr"/>
-      <c r="G30" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr">
         <is>
-          <t>type: Title -</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Support for both [[!wikipedia Linux_Unified_Key_Setup desc="LUKS"]] and [VeraCrypt](https://veracrypt.fr) encrypted volumes (like USB sticks) ([[More...|doc/encryption_and_privacy/encrypted_volumes]])</t>
+          <t>[GnuPG](http://gnupg.org/), the GNU implementation of OpenPGP for email and data encryption and signing</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr"/>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>[GnuPG](http://gnupg.org/), the GNU implementation of OpenPGP for email and data encryption and signing</t>
+          <t>[Kleopatra](https://apps.kde.org/kleopatra/) provides a graphical interface to manage and use GnuPG on text and files</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr"/>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Bullet: '  * '</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>[Kleopatra](https://apps.kde.org/kleopatra/) provides a graphical interface to manage and use GnuPG on text and files</t>
+          <t>[Thunderbird](https://www.thunderbird.net/) has an integrated OpenPGP feature for encrypted emails</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr"/>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr">
         <is>
           <t>type: Bullet: '  * '</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>[Thunderbird](https://www.thunderbird.net/) has an integrated OpenPGP feature for encrypted emails</t>
+          <t>[GNOME Screen Keyboard](https://help.gnome.org/gnome-help/keyboard-osk.html)  for accessibility and protection against hardware [[!wikipedia Keystroke logging desc="keyloggers"]] ([[More...|doc/first_steps/accessibility#keyboard]])</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr"/>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr">
         <is>
-          <t>type: Bullet: '  * '</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>[GNOME Screen Keyboard](https://help.gnome.org/users/gnome-help/stable/keyboard-osk.html.en)  for accessibility and protection against hardware [[!wikipedia Keystroke logging desc="keyloggers"]] ([[More...|doc/first_steps/accessibility#keyboard]])</t>
-[...2 lines deleted...]
-      <c r="C35" t="inlineStr"/>
+          <t>[Metadata Cleaner](https://gitlab.com/rmnvgr/metadata-cleaner) and [mat2](https://0xacab.org/jvoisin/mat2) to remove metadata from files ([[More...|doc/sensitive_documents/metadata]])</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>[PiTiVi](http://pitivi.org/) zur nicht-linearen Audio-/Videobearbeitung ([[Mehr...|doc/sensitive_documents/sound_and_video]])</t>
+        </is>
+      </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr"/>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>[Metadata Cleaner](https://gitlab.com/rmnvgr/metadata-cleaner) and [mat2](https://0xacab.org/jvoisin/mat2) to remove metadata from files ([[More...|doc/sensitive_documents/metadata]])</t>
-[...6 lines deleted...]
-      </c>
+          <t>[KeePassXC](https://keepassxc.org/) password manager ([[More...|doc/encryption_and_privacy/manage_passwords]])</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr"/>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>[KeePassXC](https://keepassxc.org/) password manager ([[More...|doc/encryption_and_privacy/manage_passwords]])</t>
+          <t>[Tesseract OCR](https://tesseract-ocr.github.io/) to convert images containing text into a text document</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr"/>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>[Tesseract OCR](https://tesseract-ocr.github.io/) to convert images containing text into a text document</t>
+          <t>[FFmpeg](https://ffmpeg.org/) to record and convert audio and video</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr"/>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>[FFmpeg](https://ffmpeg.org/) to record and convert audio and video</t>
+          <t>Additional software</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr"/>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Title =</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Additional software</t>
+          <t>Additionally, you can install in Tails any other software available in Debian.</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr"/>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr">
         <is>
-          <t>type: Title =</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Additionally, you can install in Tails any other software available in Debian.</t>
+          <t>To install additional software automatically when starting Tails, use the [[Additional Software|persistent_storage/additional_software]] feature of the Persistent Storage.</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr"/>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>To install additional software automatically when starting Tails, use the [[Additional Software|persistent_storage/additional_software]] feature of the Persistent Storage.</t>
+          <t>Additional features</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr"/>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr">
         <is>
-          <t>type: Plain text</t>
+          <t>type: Title =</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Additional features</t>
+          <t>Automatic mechanism to [[upgrade a USB stick|doc/upgrade]] to newer versions</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr"/>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr">
         <is>
-          <t>type: Title =</t>
+          <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Automatic mechanism to [[upgrade a USB stick|doc/upgrade]] to newer versions</t>
+          <t>64-bit PAE-enabled kernel with NX-bit and SMP support on hardware that supports it</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr"/>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>64-bit PAE-enabled kernel with NX-bit and SMP support on hardware that supports it</t>
+          <t>Some basic [[doc/first_steps/accessibility]] features</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr"/>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Some basic [[doc/first_steps/accessibility]] features</t>
+          <t>Some [[contribute/design/application_isolation]] with AppArmor</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr"/>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Some [[contribute/design/application_isolation]] with AppArmor</t>
+          <t>To prevent cold boot attacks and various memory forensics, Tails erases most memory on shutdown and when the boot media is physically removed.</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr"/>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr">
         <is>
           <t>type: Bullet: '- '</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>To prevent cold boot attacks and various memory forensics, Tails erases most memory on shutdown and when the boot media is physically removed.</t>
+          <t>Multilingual support</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr"/>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr">
         <is>
-          <t>type: Bullet: '- '</t>
+          <t>type: Title =</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Multilingual support</t>
+          <t>When starting Tails, you can choose between a large number of languages, including Arabic, English, Farsi, French, German, Hindi, Indonesian, Italian, Portuguese, Russian, Simplified Chinese, Spanish, Turkish, and more.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr"/>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr">
         <is>
-          <t>type: Title =</t>
+          <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>When starting Tails, you can choose between a large number of languages, including Arabic, English, Farsi, French, German, Hindi, Indonesian, Italian, Portuguese, Russian, Simplified Chinese, Spanish, Turkish, and more.</t>
+          <t>If you find an issue using one of these languages, please [[tell us about it|support]].</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr"/>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>If you find an issue using one of these languages, please [[tell us about it|support]].</t>
+          <t>To make it easier to use Tails in your own language, you can [[help with translations|contribute/how/translate]].</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr"/>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr">
-        <is>
-[...20 lines deleted...]
-      <c r="H52" t="inlineStr">
         <is>
           <t>type: Plain text</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>